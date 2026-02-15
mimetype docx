--- v0 (2025-12-10)
+++ v1 (2026-02-15)
@@ -1,522 +1,481 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="60068251" w14:textId="5F66F80B" w:rsidR="6C570CA8" w:rsidRDefault="6C570CA8" w:rsidP="6C570CA8">
+    <w:p w:rsidR="00852610" w:rsidRDefault="00852610" w:rsidP="00852610">
+      <w:pPr>
+        <w:pStyle w:val="Cabealho"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="8838"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF7D06">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GRUPO PARLAMENTAR </w:t>
+      </w:r>
+      <w:r w:rsidR="00223D03">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BRASIL </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7B23">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00C11344">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7E2E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>SINGAPURA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA72A9" w:rsidRPr="00FF7D06" w:rsidRDefault="00FA72A9" w:rsidP="0092302C">
+      <w:pPr>
+        <w:pStyle w:val="Cabealho"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="8838"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DC17FD" w:rsidRPr="00FF7D06" w:rsidRDefault="00DC17FD" w:rsidP="0092302C">
       <w:pPr>
         <w:pStyle w:val="Cabealho"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8838"/>
         </w:tabs>
         <w:spacing w:after="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00FF7D06">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>TERMO DE ADESÃO</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2D0C14D2" w14:textId="77777777" w:rsidR="00DC17FD" w:rsidRPr="00FF7D06" w:rsidRDefault="00DC17FD" w:rsidP="0092302C">
+    <w:p w:rsidR="00DC17FD" w:rsidRPr="007443D2" w:rsidRDefault="002F09EE" w:rsidP="0092302C">
       <w:pPr>
         <w:pStyle w:val="Cabealho"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8838"/>
         </w:tabs>
         <w:spacing w:after="720"/>
-        <w:jc w:val="center"/>
-[...19 lines deleted...]
-        </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="6C570CA8">
-[...38 lines deleted...]
-        <w:t xml:space="preserve">Cingapura </w:t>
+      <w:r w:rsidRPr="007443D2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Senhor Presidente</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC17FD" w:rsidRPr="007443D2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, solicito a minha adesão ao </w:t>
+      </w:r>
+      <w:r w:rsidR="00223D03">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7B23">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>rupo Parlamentar Brasil –</w:t>
+      </w:r>
+      <w:r w:rsidR="00005292">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7E2E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Singapura.</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="008C2C19">
-[...81 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="31A0E443" w14:textId="7F710DFB" w:rsidR="34251E49" w:rsidRDefault="34251E49" w:rsidP="34251E49">
-[...247 lines deleted...]
-    <w:p w14:paraId="3F2EE450" w14:textId="04178162" w:rsidR="34251E49" w:rsidRDefault="34251E49" w:rsidP="34251E49">
+    <w:p w:rsidR="00DC17FD" w:rsidRPr="007443D2" w:rsidRDefault="00DC17FD" w:rsidP="0092302C">
       <w:pPr>
         <w:pStyle w:val="Cabealho"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8838"/>
         </w:tabs>
+        <w:spacing w:after="360"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007443D2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Nome do Parlamentar: ____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7DD3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007443D2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC17FD" w:rsidRPr="007443D2" w:rsidRDefault="00DC17FD" w:rsidP="0092302C">
+      <w:pPr>
+        <w:spacing w:after="360"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007443D2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Partido: ________ Estado: ________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC17FD" w:rsidRPr="007443D2" w:rsidRDefault="00DC17FD" w:rsidP="0092302C">
+      <w:pPr>
+        <w:spacing w:after="360"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007443D2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gabinete </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF7D06">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">em: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007443D2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF7D06">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007443D2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC17FD" w:rsidRPr="007443D2" w:rsidRDefault="00DC17FD" w:rsidP="0092302C">
+      <w:pPr>
+        <w:spacing w:after="360"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007443D2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Telefones: _____</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7DD3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007443D2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2056B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007443D2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC17FD" w:rsidRPr="007443D2" w:rsidRDefault="00DC17FD" w:rsidP="0092302C">
+      <w:pPr>
+        <w:spacing w:after="360"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007443D2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>E-mail: ______________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2056B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007443D2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007443D2" w:rsidRPr="007443D2" w:rsidRDefault="007443D2" w:rsidP="0092302C">
+      <w:pPr>
+        <w:spacing w:after="960"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007443D2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Brasíl</w:t>
+      </w:r>
+      <w:r w:rsidR="00A24C4B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ia, ____ de ____________ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A24C4B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A24C4B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC17FD" w:rsidRPr="007443D2" w:rsidRDefault="00DC17FD" w:rsidP="0092302C">
+      <w:pPr>
         <w:spacing w:after="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="40"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007443D2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Assinatura: __________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="34251E49" w:rsidSect="00280C37">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId12"/>
+    <w:p w:rsidR="00DC17FD" w:rsidRPr="007443D2" w:rsidRDefault="00FA72A9" w:rsidP="00FA72A9">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA72A9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Preenchido e assinado, este termo de adesão deve ser entregue para o devido registro via SIGAD ou na Secretaria de Apoio a Órgãos do Parlamento, no Edifício Principal - Térreo do Senado Federal, ao lado da Secretaria de Registros e Redação Parlamentar.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00DC17FD" w:rsidRPr="007443D2" w:rsidSect="00280C37">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="851" w:right="1134" w:bottom="851" w:left="1701" w:header="709" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7A263445" w14:textId="77777777" w:rsidR="00931D42" w:rsidRDefault="00931D42">
+    <w:p w:rsidR="001F0C70" w:rsidRDefault="001F0C70">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4F3B1621" w14:textId="77777777" w:rsidR="00931D42" w:rsidRDefault="00931D42">
+    <w:p w:rsidR="001F0C70" w:rsidRDefault="001F0C70">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -537,66 +496,66 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="20AA6070" w14:textId="77777777" w:rsidR="00E30F8E" w:rsidRPr="00195A36" w:rsidRDefault="00E30F8E" w:rsidP="0074500C">
+  <w:p w:rsidR="00E30F8E" w:rsidRPr="00195A36" w:rsidRDefault="00E30F8E" w:rsidP="0074500C">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0064FA22" wp14:editId="07777777">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-1072515</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-14605</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7675245" cy="87630"/>
           <wp:effectExtent l="19050" t="0" r="1905" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Imagem 9" descr="traco.jpg"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Imagem 9" descr="traco.jpg"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
@@ -606,114 +565,149 @@
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7675245" cy="87630"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln w="9525">
                     <a:noFill/>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="218935C2" w14:textId="7A6F868A" w:rsidR="00E30F8E" w:rsidRDefault="34251E49" w:rsidP="34251E49">
+  <w:p w:rsidR="00E30F8E" w:rsidRDefault="00E30F8E" w:rsidP="0074500C">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="34251E49">
+    <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Senado Federal - Edifício Principal, Térreo – Fones: (61) 3303-5713 / 3303-5256</w:t>
+      <w:t xml:space="preserve">Senado Federal </w:t>
+    </w:r>
+    <w:r w:rsidR="00FA72A9">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>–</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00FA72A9">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Edifício Principal</w:t>
+    </w:r>
+    <w:r w:rsidR="00554D2A">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>, Térreo – Fones: (61) 3303-5712</w:t>
+    </w:r>
+    <w:r w:rsidR="00385B9A">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> / 3303-5259</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="44D75BCB" w14:textId="58FAF733" w:rsidR="00E30F8E" w:rsidRDefault="34251E49" w:rsidP="0074500C">
+  <w:p w:rsidR="00E30F8E" w:rsidRDefault="00E30F8E" w:rsidP="0074500C">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="34251E49">
+    <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>npfg@senado.leg.br</w:t>
+      <w:t>saop@senado.leg.br</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5A39BBE3" w14:textId="77777777" w:rsidR="00E30F8E" w:rsidRDefault="00E30F8E">
+  <w:p w:rsidR="00E30F8E" w:rsidRDefault="00E30F8E">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D702135" w14:textId="77777777" w:rsidR="00931D42" w:rsidRDefault="00931D42">
+    <w:p w:rsidR="001F0C70" w:rsidRDefault="001F0C70">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C29F244" w14:textId="77777777" w:rsidR="00931D42" w:rsidRDefault="00931D42">
+    <w:p w:rsidR="001F0C70" w:rsidRDefault="001F0C70">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="672A6659" w14:textId="77777777" w:rsidR="0019172C" w:rsidRDefault="0019172C" w:rsidP="0019172C">
+  <w:p w:rsidR="0019172C" w:rsidRDefault="0019172C" w:rsidP="0019172C">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:spacing w:after="120"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0A3B5921" wp14:editId="21D6F5BF">
           <wp:extent cx="1219200" cy="927735"/>
           <wp:effectExtent l="19050" t="0" r="0" b="0"/>
           <wp:docPr id="13" name="Imagem 2" descr="Armas_oficios.jpg"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Imagem 2" descr="Armas_oficios.jpg"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -726,67 +720,76 @@
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1219200" cy="927735"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln w="9525">
                     <a:noFill/>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1D88C5A1" w14:textId="77777777" w:rsidR="0019172C" w:rsidRDefault="34251E49" w:rsidP="0019172C">
+  <w:p w:rsidR="0019172C" w:rsidRDefault="0019172C" w:rsidP="0019172C">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>SECRETARIA-GERAL DA MESA</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1028A1B9" w14:textId="207D700D" w:rsidR="34251E49" w:rsidRDefault="34251E49" w:rsidP="34251E49">
+  <w:p w:rsidR="0019172C" w:rsidRDefault="0019172C" w:rsidP="0000077F">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
-      <w:spacing w:after="480" w:line="259" w:lineRule="auto"/>
+      <w:spacing w:after="480"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
-      <w:t>Núcleo de Premiações, Frentes e Grupos Parlamentares</w:t>
+      <w:t>Secretaria de Apoio a Órgãos do Parlamento</w:t>
+    </w:r>
+    <w:r w:rsidR="00852610">
+      <w:t xml:space="preserve"> - </w:t>
+    </w:r>
+    <w:r w:rsidR="0028086A">
+      <w:t>S</w:t>
+    </w:r>
+    <w:r w:rsidR="00066E11">
+      <w:t>AOP</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6CBA5E9A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2D741ECC"/>
     <w:lvl w:ilvl="0" w:tplc="04160003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2421" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
@@ -1282,587 +1285,558 @@
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="40961"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00830695"/>
     <w:rsid w:val="0000077F"/>
+    <w:rsid w:val="00005292"/>
     <w:rsid w:val="00007D63"/>
     <w:rsid w:val="00010045"/>
+    <w:rsid w:val="00011914"/>
     <w:rsid w:val="000270DD"/>
     <w:rsid w:val="00027574"/>
     <w:rsid w:val="00027B97"/>
     <w:rsid w:val="000345B6"/>
     <w:rsid w:val="00037B53"/>
     <w:rsid w:val="00040D89"/>
     <w:rsid w:val="0004235F"/>
     <w:rsid w:val="00042ED9"/>
     <w:rsid w:val="0005313F"/>
     <w:rsid w:val="000562BF"/>
-    <w:rsid w:val="000651A5"/>
     <w:rsid w:val="00066E11"/>
     <w:rsid w:val="00082BFD"/>
     <w:rsid w:val="00083A90"/>
     <w:rsid w:val="000843AD"/>
     <w:rsid w:val="00086E5F"/>
     <w:rsid w:val="00097ACA"/>
     <w:rsid w:val="000B166E"/>
     <w:rsid w:val="000B6B60"/>
     <w:rsid w:val="000B7710"/>
+    <w:rsid w:val="000B7E2E"/>
     <w:rsid w:val="000C4114"/>
     <w:rsid w:val="000D3A7C"/>
+    <w:rsid w:val="000D7B68"/>
     <w:rsid w:val="000E7324"/>
-    <w:rsid w:val="000F49DD"/>
     <w:rsid w:val="000F5515"/>
     <w:rsid w:val="000F5F29"/>
     <w:rsid w:val="001014D7"/>
-    <w:rsid w:val="00101830"/>
     <w:rsid w:val="0010230F"/>
-    <w:rsid w:val="001113EE"/>
     <w:rsid w:val="0011143C"/>
-    <w:rsid w:val="00111B9F"/>
     <w:rsid w:val="00112C0C"/>
     <w:rsid w:val="00113A39"/>
     <w:rsid w:val="00114F4F"/>
     <w:rsid w:val="00117891"/>
     <w:rsid w:val="001274EE"/>
     <w:rsid w:val="00134A33"/>
     <w:rsid w:val="00137DD0"/>
     <w:rsid w:val="00170307"/>
     <w:rsid w:val="00173305"/>
     <w:rsid w:val="00180A0E"/>
     <w:rsid w:val="00187C02"/>
     <w:rsid w:val="0019172C"/>
     <w:rsid w:val="001959D6"/>
     <w:rsid w:val="001A188C"/>
     <w:rsid w:val="001A4D87"/>
     <w:rsid w:val="001B1DD1"/>
+    <w:rsid w:val="001B3954"/>
+    <w:rsid w:val="001B3AD8"/>
     <w:rsid w:val="001B49BD"/>
     <w:rsid w:val="001C1EEC"/>
     <w:rsid w:val="001C6658"/>
     <w:rsid w:val="001D19D3"/>
     <w:rsid w:val="001D4A29"/>
     <w:rsid w:val="001E09E0"/>
     <w:rsid w:val="001E0D3F"/>
     <w:rsid w:val="001F0C70"/>
     <w:rsid w:val="001F5CBE"/>
     <w:rsid w:val="002070D2"/>
     <w:rsid w:val="002177A2"/>
+    <w:rsid w:val="00223D03"/>
     <w:rsid w:val="002476BF"/>
     <w:rsid w:val="0025288B"/>
     <w:rsid w:val="00261808"/>
     <w:rsid w:val="00264BA5"/>
     <w:rsid w:val="00265A4E"/>
+    <w:rsid w:val="00275241"/>
     <w:rsid w:val="002768B3"/>
     <w:rsid w:val="00277E3C"/>
     <w:rsid w:val="0028086A"/>
     <w:rsid w:val="00280C37"/>
     <w:rsid w:val="002A158A"/>
+    <w:rsid w:val="002B0E93"/>
     <w:rsid w:val="002C10DD"/>
     <w:rsid w:val="002C51D3"/>
     <w:rsid w:val="002C626F"/>
     <w:rsid w:val="002C6892"/>
     <w:rsid w:val="002D0DF0"/>
     <w:rsid w:val="002D16B9"/>
     <w:rsid w:val="002D185E"/>
     <w:rsid w:val="002D5C67"/>
     <w:rsid w:val="002D7FC7"/>
     <w:rsid w:val="002E7D8D"/>
     <w:rsid w:val="002F09EE"/>
     <w:rsid w:val="002F4925"/>
     <w:rsid w:val="00303BDF"/>
     <w:rsid w:val="00304FC3"/>
     <w:rsid w:val="0032155A"/>
     <w:rsid w:val="00323F7C"/>
-    <w:rsid w:val="00331272"/>
     <w:rsid w:val="00335112"/>
     <w:rsid w:val="003403DF"/>
-    <w:rsid w:val="00343696"/>
     <w:rsid w:val="00345EC9"/>
     <w:rsid w:val="00364834"/>
-    <w:rsid w:val="00364FD1"/>
     <w:rsid w:val="003660CE"/>
     <w:rsid w:val="00367296"/>
     <w:rsid w:val="00384D52"/>
     <w:rsid w:val="00385B9A"/>
     <w:rsid w:val="003874D1"/>
     <w:rsid w:val="00392FF0"/>
     <w:rsid w:val="00395880"/>
     <w:rsid w:val="00396EC2"/>
     <w:rsid w:val="003A45D0"/>
     <w:rsid w:val="003A4F97"/>
     <w:rsid w:val="003B5FBF"/>
-    <w:rsid w:val="003D0216"/>
     <w:rsid w:val="003D4E28"/>
     <w:rsid w:val="003D5D9A"/>
     <w:rsid w:val="003E0938"/>
     <w:rsid w:val="003E23EC"/>
     <w:rsid w:val="003E361F"/>
     <w:rsid w:val="003E4E20"/>
     <w:rsid w:val="003E61FC"/>
     <w:rsid w:val="003E6C68"/>
     <w:rsid w:val="003F1E25"/>
     <w:rsid w:val="00403ED8"/>
     <w:rsid w:val="00406236"/>
     <w:rsid w:val="00410565"/>
     <w:rsid w:val="004139E7"/>
     <w:rsid w:val="0042630A"/>
+    <w:rsid w:val="00432538"/>
     <w:rsid w:val="00450AAA"/>
     <w:rsid w:val="00455848"/>
-    <w:rsid w:val="00457385"/>
     <w:rsid w:val="00464D45"/>
     <w:rsid w:val="00471F54"/>
     <w:rsid w:val="0047531C"/>
     <w:rsid w:val="00486A0F"/>
     <w:rsid w:val="00487F48"/>
     <w:rsid w:val="00491C84"/>
     <w:rsid w:val="00491E85"/>
     <w:rsid w:val="0049571F"/>
     <w:rsid w:val="0049610C"/>
     <w:rsid w:val="004A2B03"/>
     <w:rsid w:val="004A375C"/>
     <w:rsid w:val="004A5175"/>
     <w:rsid w:val="004B38CE"/>
     <w:rsid w:val="004B3BB0"/>
     <w:rsid w:val="004B3E48"/>
     <w:rsid w:val="004B530B"/>
     <w:rsid w:val="004C180B"/>
     <w:rsid w:val="004C78ED"/>
     <w:rsid w:val="004F00FD"/>
     <w:rsid w:val="004F3075"/>
     <w:rsid w:val="00500185"/>
     <w:rsid w:val="005013D0"/>
     <w:rsid w:val="005145F2"/>
     <w:rsid w:val="00521EEF"/>
     <w:rsid w:val="00521F0E"/>
-    <w:rsid w:val="00540725"/>
     <w:rsid w:val="00552BF3"/>
     <w:rsid w:val="00553957"/>
     <w:rsid w:val="00554D2A"/>
     <w:rsid w:val="005566D7"/>
     <w:rsid w:val="00557219"/>
     <w:rsid w:val="005652DB"/>
     <w:rsid w:val="00567803"/>
     <w:rsid w:val="00572E7C"/>
     <w:rsid w:val="00573FA3"/>
     <w:rsid w:val="00577F87"/>
     <w:rsid w:val="00593E3E"/>
     <w:rsid w:val="005972AB"/>
     <w:rsid w:val="005A38EA"/>
     <w:rsid w:val="005A5F0D"/>
     <w:rsid w:val="005B464A"/>
     <w:rsid w:val="005B4B54"/>
     <w:rsid w:val="005C6269"/>
+    <w:rsid w:val="005D0140"/>
     <w:rsid w:val="005D5148"/>
     <w:rsid w:val="005F19AD"/>
     <w:rsid w:val="00602AE2"/>
     <w:rsid w:val="00603B69"/>
     <w:rsid w:val="00615D58"/>
+    <w:rsid w:val="00617787"/>
     <w:rsid w:val="0063153A"/>
     <w:rsid w:val="0063773E"/>
     <w:rsid w:val="006422D7"/>
-    <w:rsid w:val="0064241E"/>
     <w:rsid w:val="006425CC"/>
     <w:rsid w:val="006539B7"/>
     <w:rsid w:val="00656BB8"/>
     <w:rsid w:val="0066202B"/>
     <w:rsid w:val="00673BCF"/>
+    <w:rsid w:val="006761C2"/>
     <w:rsid w:val="006817D4"/>
     <w:rsid w:val="006831FB"/>
     <w:rsid w:val="00697214"/>
     <w:rsid w:val="006A5F40"/>
     <w:rsid w:val="006C3D7A"/>
     <w:rsid w:val="006D16D4"/>
     <w:rsid w:val="006E0437"/>
     <w:rsid w:val="006E639D"/>
     <w:rsid w:val="007059B9"/>
     <w:rsid w:val="007063C3"/>
     <w:rsid w:val="0071729B"/>
     <w:rsid w:val="0071746F"/>
     <w:rsid w:val="0072056E"/>
     <w:rsid w:val="00725431"/>
     <w:rsid w:val="00727A9E"/>
     <w:rsid w:val="00731938"/>
     <w:rsid w:val="007420F6"/>
     <w:rsid w:val="007443D2"/>
     <w:rsid w:val="0074500C"/>
+    <w:rsid w:val="00750D61"/>
     <w:rsid w:val="007528AD"/>
     <w:rsid w:val="0076078E"/>
     <w:rsid w:val="00760B82"/>
+    <w:rsid w:val="007633F6"/>
     <w:rsid w:val="007655B6"/>
     <w:rsid w:val="00765F6F"/>
     <w:rsid w:val="00766559"/>
     <w:rsid w:val="0076782A"/>
     <w:rsid w:val="0077089E"/>
     <w:rsid w:val="00775AB5"/>
     <w:rsid w:val="0079443D"/>
     <w:rsid w:val="00795FA9"/>
     <w:rsid w:val="007A05EE"/>
     <w:rsid w:val="007A11BA"/>
     <w:rsid w:val="007A2097"/>
     <w:rsid w:val="007A38F6"/>
     <w:rsid w:val="007A512E"/>
     <w:rsid w:val="007A62EA"/>
     <w:rsid w:val="007A7A01"/>
     <w:rsid w:val="007B024C"/>
     <w:rsid w:val="007B2C0B"/>
     <w:rsid w:val="007B5140"/>
     <w:rsid w:val="007C1F48"/>
     <w:rsid w:val="007C3179"/>
     <w:rsid w:val="007E1B0C"/>
     <w:rsid w:val="007F1C27"/>
     <w:rsid w:val="007F2E0B"/>
     <w:rsid w:val="008008E7"/>
     <w:rsid w:val="0080630C"/>
     <w:rsid w:val="008074DD"/>
     <w:rsid w:val="00822A0B"/>
     <w:rsid w:val="00822D25"/>
     <w:rsid w:val="00823727"/>
     <w:rsid w:val="00824385"/>
     <w:rsid w:val="008244A6"/>
     <w:rsid w:val="008264D2"/>
     <w:rsid w:val="00830695"/>
     <w:rsid w:val="00832F93"/>
     <w:rsid w:val="0083684A"/>
     <w:rsid w:val="008468EF"/>
     <w:rsid w:val="00847FD0"/>
+    <w:rsid w:val="00852610"/>
     <w:rsid w:val="00853B1E"/>
     <w:rsid w:val="008636F0"/>
     <w:rsid w:val="00873EF4"/>
     <w:rsid w:val="00874720"/>
+    <w:rsid w:val="008756D7"/>
     <w:rsid w:val="00884637"/>
     <w:rsid w:val="00886E4F"/>
     <w:rsid w:val="008A259F"/>
+    <w:rsid w:val="008B0531"/>
     <w:rsid w:val="008B5FDD"/>
     <w:rsid w:val="008B692C"/>
     <w:rsid w:val="008C2A82"/>
-    <w:rsid w:val="008C2C19"/>
     <w:rsid w:val="008C5C28"/>
     <w:rsid w:val="008E1F4B"/>
-    <w:rsid w:val="00902263"/>
     <w:rsid w:val="00903ED2"/>
     <w:rsid w:val="00904922"/>
     <w:rsid w:val="00914060"/>
     <w:rsid w:val="0091757C"/>
     <w:rsid w:val="0092302C"/>
     <w:rsid w:val="009238E3"/>
-    <w:rsid w:val="00923EC4"/>
-    <w:rsid w:val="00931D42"/>
     <w:rsid w:val="00933678"/>
     <w:rsid w:val="0093448C"/>
     <w:rsid w:val="0094663D"/>
     <w:rsid w:val="00955E76"/>
     <w:rsid w:val="00957650"/>
     <w:rsid w:val="00960219"/>
     <w:rsid w:val="00972E20"/>
     <w:rsid w:val="0097709B"/>
     <w:rsid w:val="009808F3"/>
     <w:rsid w:val="00985A38"/>
     <w:rsid w:val="00991EE5"/>
     <w:rsid w:val="0099339C"/>
     <w:rsid w:val="00995357"/>
     <w:rsid w:val="009A172A"/>
     <w:rsid w:val="009A3C53"/>
     <w:rsid w:val="009B1AE5"/>
     <w:rsid w:val="009B4863"/>
     <w:rsid w:val="009C5234"/>
     <w:rsid w:val="009D4FBB"/>
     <w:rsid w:val="009D7521"/>
     <w:rsid w:val="009D7843"/>
     <w:rsid w:val="009E19FC"/>
     <w:rsid w:val="009F5789"/>
     <w:rsid w:val="00A002E8"/>
-    <w:rsid w:val="00A238FC"/>
+    <w:rsid w:val="00A16DA8"/>
+    <w:rsid w:val="00A24C4B"/>
     <w:rsid w:val="00A260C7"/>
     <w:rsid w:val="00A32FB8"/>
     <w:rsid w:val="00A35CDB"/>
     <w:rsid w:val="00A40FBC"/>
     <w:rsid w:val="00A4258F"/>
     <w:rsid w:val="00A42F62"/>
     <w:rsid w:val="00A52AC6"/>
     <w:rsid w:val="00A61F32"/>
     <w:rsid w:val="00A71315"/>
     <w:rsid w:val="00A72AE6"/>
+    <w:rsid w:val="00A80369"/>
     <w:rsid w:val="00A81D3A"/>
     <w:rsid w:val="00A97808"/>
     <w:rsid w:val="00AA1C4E"/>
     <w:rsid w:val="00AA3618"/>
     <w:rsid w:val="00AA768D"/>
     <w:rsid w:val="00AB1AF8"/>
     <w:rsid w:val="00AB5460"/>
     <w:rsid w:val="00AC5C4B"/>
     <w:rsid w:val="00AC636A"/>
     <w:rsid w:val="00AC65B2"/>
     <w:rsid w:val="00AE0C3D"/>
     <w:rsid w:val="00AE48FA"/>
     <w:rsid w:val="00AE4AF7"/>
     <w:rsid w:val="00AF5DC5"/>
     <w:rsid w:val="00AF6330"/>
     <w:rsid w:val="00B0015A"/>
-    <w:rsid w:val="00B12AF7"/>
     <w:rsid w:val="00B173A9"/>
     <w:rsid w:val="00B20996"/>
     <w:rsid w:val="00B21B18"/>
     <w:rsid w:val="00B21FD6"/>
     <w:rsid w:val="00B2420A"/>
+    <w:rsid w:val="00B31E55"/>
     <w:rsid w:val="00B34253"/>
     <w:rsid w:val="00B34A3D"/>
     <w:rsid w:val="00B5203A"/>
     <w:rsid w:val="00B5229E"/>
     <w:rsid w:val="00B60541"/>
-    <w:rsid w:val="00B642FE"/>
-    <w:rsid w:val="00B66A0C"/>
     <w:rsid w:val="00B67E5D"/>
     <w:rsid w:val="00B71D20"/>
     <w:rsid w:val="00B77483"/>
     <w:rsid w:val="00B82C49"/>
     <w:rsid w:val="00B9409D"/>
     <w:rsid w:val="00BA0E68"/>
     <w:rsid w:val="00BA1738"/>
     <w:rsid w:val="00BA1DF8"/>
+    <w:rsid w:val="00BA4920"/>
     <w:rsid w:val="00BB3F28"/>
     <w:rsid w:val="00BB6430"/>
+    <w:rsid w:val="00BB7B23"/>
     <w:rsid w:val="00BB7DD3"/>
     <w:rsid w:val="00BC545F"/>
     <w:rsid w:val="00BD4630"/>
     <w:rsid w:val="00BE29CF"/>
     <w:rsid w:val="00BE4D43"/>
     <w:rsid w:val="00BE7FC5"/>
     <w:rsid w:val="00BF1E24"/>
     <w:rsid w:val="00BF2BC1"/>
     <w:rsid w:val="00BF4278"/>
     <w:rsid w:val="00C02A82"/>
     <w:rsid w:val="00C07C24"/>
+    <w:rsid w:val="00C11344"/>
     <w:rsid w:val="00C30E78"/>
     <w:rsid w:val="00C33F39"/>
     <w:rsid w:val="00C34B1E"/>
     <w:rsid w:val="00C363CB"/>
     <w:rsid w:val="00C436CC"/>
-    <w:rsid w:val="00C44520"/>
     <w:rsid w:val="00C53F5E"/>
     <w:rsid w:val="00C55700"/>
     <w:rsid w:val="00C62577"/>
     <w:rsid w:val="00C65BDC"/>
-    <w:rsid w:val="00C66007"/>
     <w:rsid w:val="00C70E1F"/>
     <w:rsid w:val="00C7217C"/>
+    <w:rsid w:val="00C74854"/>
     <w:rsid w:val="00C74E21"/>
     <w:rsid w:val="00C81E58"/>
     <w:rsid w:val="00C84781"/>
     <w:rsid w:val="00CA26B3"/>
     <w:rsid w:val="00CB7AA3"/>
     <w:rsid w:val="00CC2659"/>
-    <w:rsid w:val="00CC59AB"/>
     <w:rsid w:val="00CD1825"/>
     <w:rsid w:val="00CD4FEB"/>
     <w:rsid w:val="00CD673F"/>
     <w:rsid w:val="00CE2310"/>
     <w:rsid w:val="00CE5972"/>
     <w:rsid w:val="00CF50CA"/>
     <w:rsid w:val="00CF5478"/>
     <w:rsid w:val="00D02758"/>
     <w:rsid w:val="00D02A8A"/>
     <w:rsid w:val="00D15838"/>
     <w:rsid w:val="00D1601C"/>
     <w:rsid w:val="00D16970"/>
     <w:rsid w:val="00D16F8B"/>
     <w:rsid w:val="00D21E89"/>
     <w:rsid w:val="00D3213C"/>
     <w:rsid w:val="00D4499E"/>
     <w:rsid w:val="00D535A1"/>
     <w:rsid w:val="00D53B86"/>
     <w:rsid w:val="00D556BA"/>
     <w:rsid w:val="00D57514"/>
     <w:rsid w:val="00D61203"/>
     <w:rsid w:val="00D63573"/>
     <w:rsid w:val="00D750B5"/>
+    <w:rsid w:val="00D76E9F"/>
     <w:rsid w:val="00D8087D"/>
     <w:rsid w:val="00D843A1"/>
     <w:rsid w:val="00D8699E"/>
     <w:rsid w:val="00D93AF3"/>
     <w:rsid w:val="00DA37A6"/>
     <w:rsid w:val="00DA6AC0"/>
     <w:rsid w:val="00DC17FD"/>
     <w:rsid w:val="00DC198D"/>
     <w:rsid w:val="00DC2D4D"/>
-    <w:rsid w:val="00DC51B4"/>
     <w:rsid w:val="00DD091D"/>
     <w:rsid w:val="00DD428F"/>
     <w:rsid w:val="00DD61BE"/>
     <w:rsid w:val="00DD7D72"/>
     <w:rsid w:val="00DE45B7"/>
-    <w:rsid w:val="00DF0555"/>
     <w:rsid w:val="00E035F0"/>
     <w:rsid w:val="00E043DD"/>
     <w:rsid w:val="00E073DD"/>
     <w:rsid w:val="00E1287D"/>
+    <w:rsid w:val="00E141E9"/>
     <w:rsid w:val="00E200CB"/>
     <w:rsid w:val="00E2056B"/>
     <w:rsid w:val="00E22CAF"/>
     <w:rsid w:val="00E27538"/>
     <w:rsid w:val="00E30F8E"/>
     <w:rsid w:val="00E33390"/>
     <w:rsid w:val="00E673FC"/>
     <w:rsid w:val="00E722A2"/>
     <w:rsid w:val="00E76005"/>
     <w:rsid w:val="00E81A21"/>
     <w:rsid w:val="00E85105"/>
     <w:rsid w:val="00EA3519"/>
-    <w:rsid w:val="00EB279E"/>
     <w:rsid w:val="00EB57FB"/>
     <w:rsid w:val="00EC328E"/>
     <w:rsid w:val="00EC702E"/>
-    <w:rsid w:val="00ED217B"/>
     <w:rsid w:val="00ED4362"/>
     <w:rsid w:val="00ED45E5"/>
     <w:rsid w:val="00ED72D6"/>
     <w:rsid w:val="00ED7587"/>
     <w:rsid w:val="00EE1960"/>
     <w:rsid w:val="00EE6096"/>
     <w:rsid w:val="00EF6579"/>
     <w:rsid w:val="00F00193"/>
     <w:rsid w:val="00F10601"/>
     <w:rsid w:val="00F14438"/>
     <w:rsid w:val="00F17EC2"/>
     <w:rsid w:val="00F251E3"/>
-    <w:rsid w:val="00F301D0"/>
     <w:rsid w:val="00F3307C"/>
     <w:rsid w:val="00F409DC"/>
     <w:rsid w:val="00F4116A"/>
     <w:rsid w:val="00F44F39"/>
-    <w:rsid w:val="00F53D52"/>
     <w:rsid w:val="00F61153"/>
+    <w:rsid w:val="00F61CB0"/>
     <w:rsid w:val="00F638DA"/>
-    <w:rsid w:val="00F67144"/>
     <w:rsid w:val="00F72D6F"/>
     <w:rsid w:val="00F778DE"/>
     <w:rsid w:val="00F77C26"/>
     <w:rsid w:val="00F9302C"/>
     <w:rsid w:val="00F936F1"/>
     <w:rsid w:val="00F9599F"/>
     <w:rsid w:val="00FA2DF3"/>
+    <w:rsid w:val="00FA72A9"/>
     <w:rsid w:val="00FA77B3"/>
     <w:rsid w:val="00FB25DE"/>
     <w:rsid w:val="00FB2665"/>
     <w:rsid w:val="00FD5E6C"/>
     <w:rsid w:val="00FE4600"/>
     <w:rsid w:val="00FF233A"/>
     <w:rsid w:val="00FF242B"/>
     <w:rsid w:val="00FF5BE7"/>
     <w:rsid w:val="00FF7D06"/>
-    <w:rsid w:val="017E2EAF"/>
-[...26 lines deleted...]
-    <w:rsid w:val="7E26C659"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="40961"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5C3F9F92"/>
   <w15:docId w15:val="{CC7EAD7D-157D-4AAD-A68B-8692507745B7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2486,98 +2460,111 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1144783083">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1333416701">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1503744078">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1639340153">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1644695712">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Escritório">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -2831,344 +2818,84 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...198 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="" StyleName=""/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB183E54-4A52-403B-9ECA-6209714E153F}">
-[...36 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{76F8466D-CCEE-4268-8621-7E99AFEE86F9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3CD2B067-A03D-4F18-ABE7-D10AAFDE6781}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>116</Words>
-  <Characters>629</Characters>
+  <Words>83</Words>
+  <Characters>706</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sr</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Senado Federal</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>744</CharactersWithSpaces>
+  <CharactersWithSpaces>788</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Sr</dc:title>
   <dc:creator>Prodasen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...9 lines deleted...]
-</file>